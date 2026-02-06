--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10402201</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1088/2752-664X/acb9a0</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Modeling seasonal vegetation phenology from hydroclimatic drivers for contrasting plant functional groups within drylands of the Southwestern USA</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Warter, Maria Magdalena; Singer, Michael Bliss; Cuthbert, Mark O; Roberts, Dar; Caylor, Kelly K; Sabathier, Romy; Stella, John</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-03-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Environmental Research: Ecology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>025001</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2752-664X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          In dryland ecosystems, vegetation within different plant functional groups exhibits distinct seasonal phenologies that are affected by the prevailing hydroclimatic forcing. The seasonal variability of precipitation, atmospheric evaporative demand, and streamflow influences root-zone water availability to plants in water-limited environments. Increasing interannual variations in climate forcing of the local water balance and uncertainty regarding climate change projections have raised the potential for phenological shifts and changes to vegetation dynamics. This poses significant risks to plant functional types across large areas, especially in drylands and within riparian ecosystems. Due to the complex interactions between climate, water availability, and seasonal plant water use, the timing and amplitude of phenological responses to specific hydroclimate forcing cannot be determined              a priori              , thus limiting efforts to dynamically predict vegetation greenness under future climate change. Here, we analyze two decades (1994–2021) of remote sensing data (soil adjusted vegetation index (SAVI)) as well as contemporaneous hydroclimate data (precipitation, potential evapotranspiration, depth to groundwater, and air temperature), to identify and quantify the key hydroclimatic controls on the timing and amplitude of seasonal greenness. We focus on key phenological events across four different plant functional groups occupying distinct locations and rooting depths in dryland SE Arizona: semi-arid grasses and shrubs, xeric riparian terrace and hydric riparian floodplain trees. We find that key phenological events such as spring and summer greenness peaks in grass and shrubs are strongly driven by contributions from antecedent spring and monsoonal precipitation, respectively. Meanwhile seasonal canopy greenness in floodplain and terrace vegetation showed strong response to groundwater depth as well as antecedent available precipitation (aaP = P − PET) throughout reaches of perennial and intermediate streamflow permanence. The timings of spring green-up and autumn senescence were driven by seasonal changes in air temperature for all plant functional groups. Based on these findings, we develop and test a simple, empirical phenology model, that predicts the timing and amplitude of greenness based on hydroclimate forcing. We demonstrate the feasibility of the model by exploring simple, plausible climate change scenarios, which may inform our understanding of phenological shifts in dryland plant communities and may ultimately improve our predictive capability of investigating and predicting climate-phenology interactions in the future.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1700517; 1660490</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>