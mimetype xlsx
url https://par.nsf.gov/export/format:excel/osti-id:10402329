--- v0 (2025-11-03)
+++ v1 (2026-02-02)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10402329</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s10886-023-01408-3</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Compound-Specific Behavioral and Enzymatic Resistance to Toxic Milkweed Cardenolides in a Generalist Bumblebee Pollinator</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jones, Patricia L.; Martin, Kyle R.; Prachand, Sejal V.; Hastings, Amy P.; Duplais, Christophe; Agrawal, Anurag A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Chemical Ecology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0098-0331</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Plant secondary metabolites that defend leaves from herbivores also occur in floral nectar. While specialist herbivores often have adaptations providing resistance to these compounds in leaves, many social insect pollinators are generalists, and therefore are not expected to be as resistant to such compounds. The milkweeds, Asclepias spp., contain toxic cardenolides in all tissues including floral nectar. We compared the concentrations and identities of cardenolides between tissues of the North American common milkweed Asclepias syriaca, and then studied the effect of the predominant cardenolide in nectar, glycosylated aspecioside, on an abundant pollinator. We show that a generalist bumblebee, Bombus impatiens, a common pollinator in eastern North America, consumes less nectar with experimental addition of ouabain (a standard cardenolide derived from Apocynacid plants native to east Africa) but not with addition of glycosylated aspecioside from milkweeds. At a concentration matching that of the maximum in the natural range, both cardenolides reduced activity levels of bees after four days of consumption, demonstrating toxicity despite variation in behavioral deterrence (i.e., consumption). In vitro enzymatic assays of Na+/K+-ATPase, the target site of cardenolides, showed lower toxicity of the milkweed cardenolide than ouabain for B. impatiens, indicating that the lower deterrence may be due to greater tolerance to glycosylated aspecioside. In contrast, there was no difference between the two cardenolides in toxicity to the Na+/K+-ATPase from a control insect, the fruit fly Drosophila melanogaster. Accordingly, this work reveals that even generalist pollinators such as B. impatiens may have adaptations to reduce the toxicity of specific plant secondary metabolites that occur in nectar, despite visiting flowers from a wide variety of plants over the colony’s lifespan.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2209762</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>