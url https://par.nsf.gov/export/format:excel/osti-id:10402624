--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10402624</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.14778/3554821.3554885</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>IsoBugView: interactively debugging isolation bugs in database applications</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ripberger, Drew; Gan, Yifan; Ren, Xueyuan; Blanas, Spyros; Wang, Yang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the VLDB Endowment</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3726 to 3729</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2150-8097</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Database applications frequently use weaker isolation levels, such as Read Committed, for better performance, which may lead to bugs that do not happen under Serializable. Although a number of works have proposed methods to identify such isolation-related bugs, the difficulty of analyzing reported bugs is often underestimated, since these bugs often involve multiple complicated transactions interleaved in a specific order and they often require users' feedback to improve the accuracy of bug analysis.            This paper presents IsoBugView, a tool to visualize isolation bugs and incorporate users' feedback: to address the challenge that a complicated bug may include much information and thus is hard to present, IsoBugView displays a high-level overview of the bug first and displays further information of individual pieces if the developer needs further investigation. To incorporate users' feedback, IsoBugView embeds hook functions into the backend analysis tool to preprocess a dependency graph and postprocess a found cycle and further allows a user to apply predefined hook functions in its graphic user interface. Our experience shows that IsoBugView has greatly improved our productivity of analyzing isolation bugs.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1816577</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>