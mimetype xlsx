--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2021-03-23T04:00:00Z</t>
   </si>
   <si>
     <t>Geophysical Research Letters</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>0094-8276</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Research on Atmospheric Rivers (ARs) has focused primarily on AR (thermo)dynamics and hydrological impacts over land. However, the evolution and potential role of nearshore air‐sea fluxes during landfalling ARs are not well documented. Here, we examine synoptic evolutions of nearshore latent heat flux (LHF) during strong late‐winter landfalling ARs (1979–2017) using 138 overshelf buoys along the U. S. west coast. Composite evolutions show that ARs typically receive upward (absolute) LHF from the coastal ocean. LHF is small during landfall due to weak air‐sea humidity gradients but is strongest (30–50 W/m&lt;sup&gt;2&lt;/sup&gt;along the coast) 1–3 days before/after landfall. During El Niño winters, southern‐coastal LHF strengthens, coincident with stronger ARs. A decomposition of LHF reveals that sea surface temperature (SST) anomalies modulated by the El Niño Southern Oscillation dominate interannual LHF variations under ARs, suggesting a potential role for nearshore SST and LHF influencing the intensity of landfalling ARs.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1663704</t>
+    <t>1663704; 2022846</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.1029</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>