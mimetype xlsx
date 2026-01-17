--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2023-03-18T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of the Operations Research Society of China</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2194-668X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;There exist linear relations among tensor entries of low rank tensors. These linear relations can be expressed by multi-linear polynomials, which are called generating polynomials. We use generating polynomials to compute tensor rank decompositions and low rank tensor approximations. We prove that this gives a quasi-optimal low rank tensor approximation if the given tensor is sufficiently close to a low rank one.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2009689</t>
+    <t>2009689; 2110780</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>p. 847-873</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer Science + Business Media</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>