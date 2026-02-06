--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10404050</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Estimating geographic spillover effects of COVID-19 policies from large-scale mobility networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chang, Serina; Vrabac, Damir; Leskovec, Jure; Ugander, Johan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>AAAI</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Many policies in the US are determined locally, e.g., at the county-level. Local policy regimes provide flexibility between regions, but may become less effective in the presence of geographic spillovers, where populations circumvent local restrictions by traveling to less restricted regions nearby. Due to the endogenous nature of policymaking, there have been few opportunities to reliably estimate causal spillover effects or evaluate their impact on local policies. In this work, we identify a novel setting and develop a suitable methodology that allow us to make unconfounded estimates of spillover effects of local policies. Focusing on California’s Blueprint for a Safer Economy, we leverage how county-level mobility restrictions were deterministically set by public COVID-19 severity statistics, enabling a regression discontinuity design framework to estimate spillovers between counties. We estimate these effects using a mobility network with billions of timestamped edges and find significant spillover movement, with larger effects in retail, eating places, and gyms. Contrasting local and global policy regimes, our spillover estimates suggest that county-level restrictions are only 54% as effective as statewide restrictions at reducing mobility. However, an intermediate strategy of macro-county restrictions—where we optimize county partitions by solving a minimum k-cut problem on a graph weighted by our spillover estimates— can recover over 90% of statewide mobility reductions, while maintaining substantial flexibility between counties.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1918940</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>