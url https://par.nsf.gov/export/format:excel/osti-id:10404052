--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10404052</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Deep Bidirectional Language-Knowledge Graph Pretraining</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yasunaga, Michihiro; Bosselut, Antoine; Ren, Hongyu; Zhang, Xikun; Manning, Christopher D.; Liang, Percy; Leskovec, Jure</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Advances in neural information processing systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1049-5258</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Pretraining a language model (LM) on text has been shown to help various downstream NLP tasks. Recent works show that a knowledge graph (KG) can complement text data, offering structured background knowledge that provides a useful scaffold for reasoning. However, these works are not pretrained to learn a deep fusion of the two modalities at scale, limiting the potential to acquire fully joint representations of text and KG. Here we propose DRAGON (Deep Bidirectional Language-Knowledge Graph Pretraining), a self-supervised approach to pretraining a deeply joint language-knowledge foundation model from text and KG at scale. Specifically, our model takes pairs of text segments and relevant KG subgraphs as input and bidirectionally fuses information from both modalities. We pretrain this model by unifying two self-supervised reasoning tasks, masked language modeling and KG link prediction. DRAGON outperforms existing LM and LM+KG models on diverse downstream tasks including question answering across general and biomedical domains, with +5% absolute gain on average. In particular, DRAGON achieves notable performance on complex reasoning about language and knowledge (+10% on questions involving long contexts or multi-step reasoning) and low-resource QA (+8% on OBQA and RiddleSense), and new state-of-the-art results on various BioNLP tasks. Our code and trained models are available at https://github.com/michiyasunaga/dragon.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1918940; 1835598</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>