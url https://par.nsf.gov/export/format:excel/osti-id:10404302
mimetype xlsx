--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10404302</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/IJCNN55064.2022.9892304</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Integrating Symbolic Planning and Reinforcement Learning for Following Temporal Logic Specifications</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Xu, Duo; Fekri, Faramarz</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2022 International Joint Conference on Neural Networks (IJCNN)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>01 to 08</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Teaching a deep reinforcement learning (RL) agent to follow instructions in multi-task environments is a challenging problem. We consider that user defines every task by a linear temporal logic (LTL) formula. However, some causal dependencies in complex environments may be unknown to the user in advance. Hence, when human user is specifying instructions, the robot cannot solve the tasks by simply following the given instructions. In this work, we propose a hierarchical reinforcement learning (HRL) framework in which a symbolic transition model is learned to efficiently produce high-level plans that can guide the agent efficiently solve different tasks. Specifically, the symbolic transition model is learned by inductive logic programming (ILP) to capture logic rules of state transitions. By planning over the product of the symbolic transition model and the automaton derived from the LTL formula, the agent can resolve causal dependencies and break a causally complex problem down into a sequence of simpler low-level sub-tasks. We evaluate the proposed framework on three environments in both discrete and continuous domains, showing advantages over previous representative methods.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1837369</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>