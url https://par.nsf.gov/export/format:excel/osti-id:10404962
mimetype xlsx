--- v0 (2025-10-31)
+++ v1 (2026-01-21)
@@ -95,72 +95,72 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10404962</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/0013161X231166335</t>
   </si>
   <si>
     <t>A Systematic Literature Review of Educational Leadership and U.S. School Shootings: Establishing a Research Agenda</t>
   </si>
   <si>
-    <t>Marshall, Joanne_M [Iowa State University, Ames, IA, USA] (ORCID:0000000247463809); Clark, Brandon_L [Iowa State University, Ames, IA, USA]</t>
+    <t>Marshall, Joanne_M (ORCID:0000000247463809); Clark, Brandon_L</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-04-02T04:00:00Z</t>
   </si>
   <si>
     <t>Educational Administration Quarterly</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>0013-161X</t>
   </si>
   <si>
-    <t>&lt;p&gt;Background: Educational leadership perspectives are missing from existing literature related to school shootings, which have been dominated instead by experts in criminal justice, law enforcement, and psychology. Purpose: In this article, we systematically review the literature base on educational leadership related to school shootings in the United States to identify gaps and develop an education-specific, leadership-specific research agenda for the United States. Methods: This exploratory-topographical review follows standards for systematic research reviews in educational leadership. Through reviews of 16 core educational leadership journals, and online scholarly search engines for research and keywords, we identify gaps in the current inter-disciplinary literature. Findings: We learned that the research base on school shootings is multidisciplinary, with scholars across seven different fields taking different approaches. Second, we found that while many scholars are addressing the problem of school shootings, the research base on school shootings from education researchers and specifically within the field of educational leadership are limited. Implications: We discuss three ways in which educational leaders and leadership scholars can inform school shooting research via emphasizing relationships, school–community partnerships, and meeting the needs of the marginalized. We propose preliminary recommendations for an education-specific, educational leadership U.S. research agenda, and suggestions for preparation programs.&lt;/p&gt;</t>
+    <t>&lt;p&gt;&lt;bold&gt;Background:&lt;/bold&gt;Educational leadership perspectives are missing from existing literature related to school shootings, which have been dominated instead by experts in criminal justice, law enforcement, and psychology.&lt;bold&gt;Purpose:&lt;/bold&gt;In this article, we systematically review the literature base on educational leadership related to school shootings in the United States to identify gaps and develop an education-specific, leadership-specific research agenda for the United States.&lt;bold&gt;Methods:&lt;/bold&gt;This exploratory-topographical review follows standards for systematic research reviews in educational leadership. Through reviews of 16 core educational leadership journals, and online scholarly search engines for research and keywords, we identify gaps in the current inter-disciplinary literature.&lt;bold&gt;Findings:&lt;/bold&gt;We learned that the research base on school shootings is multidisciplinary, with scholars across seven different fields taking different approaches. Second, we found that while many scholars are addressing the problem of school shootings, the research base on school shootings from education researchers and specifically within the field of educational leadership are limited.&lt;bold&gt;Implications:&lt;/bold&gt;We discuss three ways in which educational leaders and leadership scholars can inform school shooting research via emphasizing relationships, school–community partnerships, and meeting the needs of the marginalized. We propose preliminary recommendations for an education-specific, educational leadership U.S. research agenda, and suggestions for preparation programs.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1932033; 1932505</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>p. 594-632</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>SAGE Publications</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>