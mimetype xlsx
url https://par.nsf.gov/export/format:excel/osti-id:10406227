--- v0 (2025-11-03)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10406227</t>
-[...8 lines deleted...]
-    <t>Anderson, Theresa C; Gafni, Ayla; Lemke Oliver, Robert J; Lowry-Duda, David; Shakan, George; Zhang, Ruixiang</t>
+    <t>10290150</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3389/fpsyg.2021.624108</t>
+  </si>
+  <si>
+    <t>Who's Leading This Dance?: Theorizing Automatic and Strategic Synchrony in Human-Exoskeleton Interactions</t>
+  </si>
+  <si>
+    <t>Kirkwood, Gavin Lawrence; Otmar, Christopher D.; Hansia, Mohemmad</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-11-04T04:00:00Z</t>
-[...17 lines deleted...]
-    <t>Abstract            We study two polynomial counting questions in arithmetic statistics via a combination of Fourier analytic and arithmetic methods. First, we obtain new quantitative forms of Hilbert’s Irreducibility Theorem for degree $n$ polynomials $f$ with $\textrm {Gal}(f) \subseteq A_n$. We study this both for monic polynomials and non-monic polynomials. Second, we study lower bounds on the number of degree $n$ monic polynomials with almost prime discriminants, as well as the closely related problem of lower bounds on the number of degree $n$ number fields with almost prime discriminants.</t>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2021-02-17T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Frontiers in Psychology</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>1664-1078</t>
+  </si>
+  <si>
+    <t>Wearable robots are an emerging form of technology that allow organizations to combine the strength, precision, and performance of machines with the flexibility, intelligence, and problem-solving abilities of human wearers. Active exoskeletons are a type of wearable robot that gives wearers the ability to effortlessly lift up to 200 lbs., as well as perform other types of physically demanding tasks that would be too strenuous for most humans. Synchronization between exoskeleton suits and wearers is one of the most challenging requirements to operate these technologies effectively. In this conceptual paper, we extend interpersonal adaption theory (IAT) to the exoskeleton context and explicate (a) the antecedents that are most likely to shape synchrony in human-exoskeleton interactions, (b) automatic and strategic synchrony as adaptive behaviors in human-exoskeleton interactions, and (c) outcome variables that are especially important in these processes. Lastly, we offer a discussion of key methodological challenges for measuring synchrony in human-exoskeleton interactions and offer a future research agenda for this important area.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2231990; 2207281</t>
+    <t>1839946</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -288,93 +285,89 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I2" t="s" s="0">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="J2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>