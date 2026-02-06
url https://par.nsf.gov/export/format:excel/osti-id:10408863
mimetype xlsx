--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10408863</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3544548.3581117</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Bottom-up psychosocial interventions for interdependent privacy: Effectiveness based on individual and content differences</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Washburn, Renita; Tanni, Tangila Islam; Solihin, Yan; Kapadia, Apu; Amon, Mary Jean</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-04-19T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Bottom-up psychosocial interventions for interdependent privacy: Effectiveness based on individual and content differences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 20</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Although a great deal of research has examined interventions to help users protect their own information online, less work has examined methods for reducing interdependent privacy (IDP) violations on social media (i.e., sharing of other people's information). This study tested the effectiveness of concept-based (i.e., general information), fact-based (i.e., statistics), and narrative-based (i.e., stories) educational videos in altering IDP-relevant attitudes and multimedia sharing behaviors. Our study revealed concept and fact videos reduced sharing of social media content that portrayed people negatively. The narrative intervention backfired and increased sharing among participants who did not believe IDP violations to be especially serious; however, the narrative intervention decreased sharing for participants who rated IDP violations as more serious. Notably, our study found participants preferred narrative-based interventions with real world examples, despite other strategies more effectively reducing sharing. Implications for narrative transportation theory and advancing bottom-up (i.e., user-centered) psychosocial interventions are discussed.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2053152</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>