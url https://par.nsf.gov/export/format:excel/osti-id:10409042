--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10409042</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3545947.3576357</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Towards an Adaptable Curriculum-Driven Block-based Learning Environment</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gardner-McCune, Christina; Jimenez, Yerika; Magda, David; Kulkarni, Abhishek; Chu, Sharon</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SIGCSE 2023: Proceedings of the 54th ACM Technical Symposium on Computer Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1414 to 1414</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Over the past year, our AI4GA team of university faculty and middle school teachers have co-designed a middle school AI curriculum. In this poster we share how we used co-design both as a tool for collaboratively developing engaging AI activities and as a mechanism for mutual professional development. We explain our co-design process, give examples of curriculum materials provided to teachers, and showcase several teacher-created activities. We believe this approach to curriculum development centers the lived experiences of teachers and leverages the knowledge and expertise of university researchers to create high quality and engaging AI learning experiences for K-12 students.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1934113</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>