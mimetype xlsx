--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10409047</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1119/perc.2022.pr.Flores</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Factors influencing help seeking and help avoidant behaviors among physics and life science majors</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Flores, Mark; Verchimak, Rebecca; Zohrabi Alaee, Dina; Zwickl, Benjamin M.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Frank, Brian W.; Jones, Dyan L.; Ryan, Qing X.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-09-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Physics Education Research Conference 2022</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>176 to 181</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Students' use of support from peers and instructors is an important aspect of success in college. This preliminary phenomenographic study examines a variety of help seeking behaviors of undergraduate majors in physics and life sciences and factors that lead to those behaviors. Seven students described their experiences using semi-structured interviews during the summer of 2021. The analysis was structured around identifying characteristics of peers and instructors, as well as personal help-seeking attitudes, that either promoted help seeking or help avoidance. Peers were generally the first source of help, and were prioritized based on ability and the closeness of the relationship. Instructors fostered help seeking through availability and a non-judgemental demeanor. A feeling of vulnerability and fear of judgement was cited as the most common reason for avoiding help. The findings provide insights for faculty and departments seeking to encourage student success.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1846321</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>