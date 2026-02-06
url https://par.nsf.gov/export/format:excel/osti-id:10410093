--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10410093</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/aaai.v36i9.21239</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Generalized Stochastic Matching</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Farhadi, Alireza; Gilbert, Jacob; Hajiaghayi, MohammadTaghi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>10008 to 10015</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2159-5399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this paper, we generalize the recently studied stochastic matching problem to more accurately model a significant medical process, kidney exchange, and several other applications. Up until now the stochastic matching problem that has been studied was as follows: given a graph G= (V,E), each edge is included in the realized sub-graph of G independently with probability pe, and the goal is to find a degree-bounded sub-graph Q of G that has an expected maximum matching that approximates the expected maximum matching of G. This model does not account for possibilities of vertex dropouts, which can be found in several applications, e.g. in kidney exchange when donors or patients opt out of the exchange process as well as in online freelancing and online dating when online profiles are found to be faked. Thus, we will study a more generalized model of stochastic matching in which vertices and edges are both realized independently with some probabilities pv, pe, respectively, which more accurately fits important applications than the previously studied model.  We will discuss the first algorithms and analysis for this generalization of the stochastic matching model and prove that they achieve good approximation ratios. In particular, we show that the approximation factor of a natural algorithm for this problem is at least 0.6568 in unweighted graphs, and 1/2+ε in weighted graphs for some constant ε &gt;0. We further improve our result for unweighted graphs to 2/3 using edge degree constrained sub-graphs (EDCS).</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2218678; 2114269</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>