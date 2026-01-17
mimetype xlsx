--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -125,51 +125,51 @@
   <si>
     <t>2023-06-01T04:00:00Z</t>
   </si>
   <si>
     <t>Quarterly of Applied Mathematics</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>367 to 373</t>
   </si>
   <si>
     <t>0033-569X</t>
   </si>
   <si>
     <t>We consider the dissipation of the Muskat problem and we give an elementary proof of a surprising inequality of Constantin-Cordoba-Gancedo-Strain [J. Eur. Math. Soc. (JEMS) 15 (2013), pp. 201–227 and Amer. J. Math. 138 (2016), pp. 1455–1494] which holds in greater generality.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2154162</t>
+    <t>2154162; 2102961</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>