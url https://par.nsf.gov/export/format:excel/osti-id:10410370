--- v0 (2025-11-01)
+++ v1 (2026-02-02)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10410370</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>ezCoref: Towards Unifying Annotation Guidelines for Coreference Resolution</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gupta, Ankita; Karpinska, Marzena; Zhao, Wenlong; Krishna, Kalpesh; Merullo, Jack; Yeh, Luke; Iyyer, Mohit; O'Connor, Brendan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Vlachos, Andreas; Augenstein, Isabelle</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Findings of the Association for Computational Linguistics: EACL 2023</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>312–330</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Large-scale, high-quality corpora are critical for advancing research in coreference resolution. However, existing datasets vary in their definition of coreferences and have been collected via complex and lengthy guidelines that are curated for linguistic experts. These concerns have sparked a growing interest among researchers to curate a unified set of guidelines suitable for annotators with various backgrounds. In this work, we develop a crowdsourcing-friendly coreference annotation methodology, ezCoref, consisting of an annotation tool and an interactive tutorial. We use ezCoref to re-annotate 240 passages from seven existing English coreference datasets (spanning fiction, news, and multiple other domains) while teaching annotators only cases that are treated similarly across these datasets. Surprisingly, we find that reasonable quality annotations were already achievable (90% agreement between the crowd and expert annotations) even without extensive training. On carefully analyzing the remaining disagreements, we identify the presence of linguistic cases that our annotators unanimously agree upon but lack unified treatments (e.g., generic pronouns, appositives) in existing datasets. We propose the research community should revisit these phenomena when curating future unified annotation guidelines.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1925548; 1845576; 1814955</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>