--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10411338</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ac8eae</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>ARMADA. II. Further Detections of Inner Companions to Intermediate-mass Binaries with Microarcsecond Astrometry at CHARA and VLTI</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gardner, Tyler; Monnier, John D.; Fekel, Francis C.; Le Bouquin, Jean-Baptiste; Scovera, Adam; Schaefer, Gail; Kraus, Stefan; Adams, Fred C.; Anugu, Narsireddy; Berger, Jean-Philippe; Ten Brummelaar, Theo; Davies, Claire L.; Ennis, Jacob; Gies, Douglas R.; Johnson, Keith J.; Kervella, Pierre; Kratter, Kaitlin M.; Labdon, Aaron; Lanthermann, Cyprien; Sahlmann, Johannes; Setterholm, Benjamin R.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-10-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>164</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>184</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          We started a survey with CHARA/MIRC-X and VLTI/GRAVITY to search for low-mass companions orbiting individual components of intermediate-mass binary systems. With the incredible precision of these instruments, we can detect astrometric “wobbles” from companions down to a few tens of microarcseconds. This allows us to detect any previously unseen triple systems in our list of binaries. We present the orbits of 12 companions around early F- to B-type binaries, 9 of which are new detections and 3 of which are first astrometric detections of known radial velocity (RV) companions. The masses of these newly detected components range from 0.45 to 1.3              M              ⊙              . Our orbits constrain these systems to a high astrometric precision, with median residuals to the orbital fit of 20–50              μ              as in most cases. For seven of these systems we include newly obtained RV data, which help us to identify the system configuration and to solve for masses of individual components in some cases. Although additional RV measurements are needed to break degeneracy in the mutual inclination, we find that the majority of these inner triples are not well aligned with the wide binary orbit. This hints that higher-mass triples are more misaligned compared to solar and lower-mass triples, though a thorough study of survey biases is needed. We show that the ARMADA survey is extremely successful at uncovering previously unseen companions in binaries. This method will be used in upcoming papers to constrain companion demographics in intermediate-mass binary systems down to the planetary-mass regime.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2034336; 2009489</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>