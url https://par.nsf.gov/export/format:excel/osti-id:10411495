--- v0 (2025-11-02)
+++ v1 (2026-01-27)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10411495</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/molecules27175591</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Confinement Effects on the Magnetic Ionic Liquid 1-Ethyl-3-methylimidazolium Tetrachloroferrate(III)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Burba, Christopher M.; Chang, Hai-Chou</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Molecules</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>5591</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1420-3049</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Confinement effects for the magnetoresponsive ionic liquid 1-ethyl-3-methylimidazolium tetrachloroferrate(III), [C2mim]FeCl4, are explored from thermal, spectroscopic, and magnetic points of view. Placing the ionic liquid inside SBA-15 mesoporous silica produces a significant impact on the material’s response to temperature, pressure, and magnetic fields. Isobaric thermal experiments show melting point reductions that depend on the pore diameter of the mesopores. The confinement-induced reductions in phase transition temperature follow the Gibbs–Thomson equation if a 1.60 nm non-freezable interfacial layer is postulated to exist along the pore wall. Isothermal pressure-dependent infrared spectroscopy reveals a similar modification to phase transition pressures, with the confined ionic liquid requiring higher pressures to trigger phase transformation than the unconfined system. Confinement also impedes ion transport as activation energies are elevated when the ionic liquid is placed inside the mesopores. Finally, the antiferromagnetic ordering that characterizes unconfined [C2mim]FeCl4 is suppressed when the ionic liquid is confined in 5.39-nm pores. Thus, confinement provides another avenue for manipulating the magnetic properties of this compound.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1719875</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>