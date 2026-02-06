--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10412899</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/fspas.2022.1022690</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>pyDARN: A Python software for visualizing SuperDARN radar data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shi, Xueling; Schmidt, Marina; Martin, Carley J.; Billett, Daniel D.; Bland, Emma; Tholley, Francis H.; Frissell, Nathaniel A.; Khanal, Krishna; Coyle, Shane; Chakraborty, Shibaji; Detwiller, Marci; Kunduri, Bharat; McWilliams, Kathryn</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Astronomy and Space Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2296-987X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Super Dual Auroral Radar Network (SuperDARN) is an international network of high frequency coherent scatter radars that are used for monitoring the electrodynamics of the Earth’s upper atmosphere at middle, high, and polar latitudes in both hemispheres. pyDARN is an open-source Python-based library developed specifically for visualizing SuperDARN radar data products. It provides various plotting functions of different types of SuperDARN data, including time series plot, range-time parameter plot, fields of view, full scan, and global convection map plots. In this paper, we review the different types of SuperDARN data products, pyDARN’s development history and goals, the current implementation of pyDARN, and various plotting and analysis functionalities. We also discuss applications of pyDARN, how it can be combined with other existing Python software for scientific analysis, challenges for pyDARN development and future plans. Examples showing how to read, visualize, and interpret different SuperDARN data products using pyDARN are provided as a Jupyter notebook.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1935110; 1928327</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>