--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10413202</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ac8b7a</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Pantheon+ Analysis: The Full Data Set and Light-curve Release</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Scolnic, Dan; Brout, Dillon; Carr, Anthony; Riess, Adam G.; Davis, Tamara M.; Dwomoh, Arianna; Jones, David O.; Ali, Noor; Charvu, Pranav; Chen, Rebecca; Peterson, Erik R.; Popovic, Brodie; Rose, Benjamin M.; Wood, Charlotte M.; Brown, Peter J.; Chambers, Ken; Coulter, David A.; Dettman, Kyle G.; Dimitriadis, Georgios; Filippenko, Alexei V.; Foley, Ryan J.; Jha, Saurabh W.; Kilpatrick, Charles D.; Kirshner, Robert P.; Pan, Yen-Chen; Rest, Armin; Rojas-Bravo, Cesar; Siebert, Matthew R.; Stahl, Benjamin E.; Zheng, WeiKang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>938</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>113</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          Here we present 1701 light curves of 1550 unique, spectroscopically confirmed Type Ia supernovae (SNe Ia) that will be used to infer cosmological parameters as part of the Pantheon+ SN analysis and the Supernovae and              H              0              for the Equation of State of dark energy distance-ladder analysis. This effort is one part of a series of works that perform an extensive review of redshifts, peculiar velocities, photometric calibration, and intrinsic-scatter models of SNe Ia. The total number of light curves, which are compiled across 18 different surveys, is a significant increase from the first Pantheon analysis (1048 SNe), particularly at low redshift (              z              ). Furthermore, unlike in the Pantheon analysis, we include light curves for SNe with              z              &lt; 0.01 such that SN systematic covariance can be included in a joint measurement of the Hubble constant (              H              0              ) and the dark energy equation-of-state parameter (              w              ). We use the large sample to compare properties of 151 SNe Ia observed by multiple surveys and 12 pairs/triplets of “SN siblings”—SNe found in the same host galaxy. Distance measurements, application of bias corrections, and inference of cosmological parameters are discussed in the companion paper by Brout et al., and the determination of              H              0              is discussed by Riess et al. These analyses will measure              w              with ∼3% precision and              H              0              with ∼1 km s              −1              Mpc              −1              precision.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1815935</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>