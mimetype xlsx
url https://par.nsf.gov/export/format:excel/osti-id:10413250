--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10413250</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Where to Diffuse, How to Diffuse and How to Get Back: Automated Learning in Multivariate Diffusions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Singhal, Raghav; Goldstein, Mark; Ranganath, Rajesh</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Conference on Learning Representations</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Diffusion-based generative models (DBGMs) perturb data to a target noise distribution and reverse this process to generate samples. The choice of noising process, or inference diffusion process, affects both likelihoods and sample quality. For example, extending the inference process with auxiliary variables leads to improved sample quality. While there are many such multivariate diffusions to explore, each new one requires significant model-specific analysis, hindering rapid prototyping and evaluation. In this work, we study Multivariate Diffusion Models (MDMs). For any number of auxiliary variables, we provide a recipe for maximizing a lower-bound on the MDMs likelihood without requiring any model-specific analysis. We then demonstrate how to parameterize the diffusion for a specified target noise distribution; these two points together enable optimizing the inference diffusion process. Optimizing the diffusion expands easy experimentation from just a few well-known processes to an automatic search over all linear diffusions. To demonstrate these ideas, we introduce two new specific diffusions as well as learn a diffusion process on the MNIST, CIFAR10, and ImageNet32 datasets. We show learned MDMs match or surpass bits-per-dims (BPDs) relative to fixed choices of diffusions for a given dataset and model architecture.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2145542</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>