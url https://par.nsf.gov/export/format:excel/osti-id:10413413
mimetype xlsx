--- v0 (2025-10-31)
+++ v1 (2026-02-07)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10413413</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ac4780</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Carbon/Oxygen-dominated Atmosphere Days after Explosion for the “Super-Chandrasekhar” Type Ia SN 2020esm</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dimitriadis, Georgios; Foley, Ryan J.; Arendse, Nikki; Coulter, David A.; Jacobson-Galán, Wynn V.; Siebert, Matthew R.; Izzo, Luca; Jones, David O.; Kilpatrick, Charles D.; Pan, Yen-Chen; Taggart, Kirsty; Auchettl, Katie; Gall, Christa; Hjorth, Jens; Kasen, Daniel; Piro, Anthony L.; Raimundo, Sandra I.; Ramirez-Ruiz, Enrico; Rest, Armin; Swift, Jonathan J.; Woosley, Stan E.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>927</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          Seeing pristine material from the donor star in a type Ia supernova (SN Ia) explosion can reveal the nature of the binary system. In this paper, we present photometric and spectroscopic observations of SN 2020esm, one of the best-studied SNe of the class of “super-Chandrasekhar” SNe Ia (SC SNe Ia), with data obtained −12 to +360 days relative to peak brightness, obtained from a variety of ground- and space-based telescopes. Initially misclassified as a type II supernova, SN 2020esm peaked at              M                              B                            = −19.9 mag, declined slowly (Δ              m              15              (              B              ) = 0.92 mag), and had particularly blue UV and optical colors at early times. Photometrically and spectroscopically, SN 2020esm evolved similarly to other SC SNe Ia, showing the usual low ejecta velocities, weak intermediate-mass elements, and the enhanced fading at late times, but its early spectra are unique. Our first few spectra (corresponding to a phase of ≳10 days before peak) reveal a nearly pure carbon/oxygen atmosphere during the first days after explosion. This composition can only be produced by pristine material, relatively unaffected by nuclear burning. The lack of H and He may further indicate that SN 2020esm is the outcome of the merger of two carbon/oxygen white dwarfs. Modeling its bolometric light curve, we find an              56              Ni mass of                                                                                                                                            1.23                                                              −                      0.14                                                              +                      0.14                                                                                                  M              ☉              and an ejecta mass of                                                                                                                                            1.75                                                              −                      0.20                                                              +                      0.32                                                                                                  M              ☉              , in excess of the Chandrasekhar mass. Finally, we discuss possible progenitor systems and explosion mechanisms of SN 2020esm and, in general, the SC SNe Ia class.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1911206; 1815935</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>