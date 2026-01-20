--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -95,75 +95,75 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10413423</t>
   </si>
   <si>
     <t>https://doi.org/10.1029/2022GL102354</t>
   </si>
   <si>
     <t>Impact of Extratropical Northeast Pacific SST on U.S. West Coast Precipitation</t>
   </si>
   <si>
-    <t>Beaudin, É.; Di Lorenzo, E.; Miller, A. J.; Seo, H.; Joh, Y.</t>
+    <t>Beaudin, É; Di Lorenzo, E; Miller, A J; Seo, H; Joh, Y</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-02-16T05:00:00Z</t>
   </si>
   <si>
     <t>Geophysical Research Letters</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>0094-8276</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2306046; 2224726; 2022868</t>
+    <t>2306046; 2224726; 2022868; 2022846</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>