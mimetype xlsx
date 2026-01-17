--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,100 +86,84 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10413631</t>
-[...8 lines deleted...]
-    <t>Smart, B. M. (ORCID:0000000250123549); Haffner, L. M. (ORCID:0000000299476396); Barger, K. A. (ORCID:0000000158170932); Ciampa, D. A. (ORCID:000000021295988X); Hill, A. S. (ORCID:0000000173015666); Krishnarao, D. (ORCID:0000000279557359); Madsen, G. J.</t>
+    <t>10322174</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1109/RWS52686.2021.9611788</t>
+  </si>
+  <si>
+    <t>Modular Network Stacks in the Real- Time Executive for Multiprocessor Systems</t>
+  </si>
+  <si>
+    <t>Banerjee, Vijay; Hounsinou, Sena; Gerber, Harrison; Bloom, Gedare</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-05-15T04:00:00Z</t>
-[...15 lines deleted...]
- &lt;p&gt;The Large Magellanic Cloud (LMC) has an extensive H&lt;italic&gt;α&lt;/italic&gt;emission halo that traces an extended, warm ionized component of its interstellar medium. Using the Wisconsin H&lt;italic&gt;α&lt;/italic&gt;Mapper telescope, we present the first kinematic H&lt;italic&gt;α&lt;/italic&gt;survey of an extensive region around the LMC, from (&lt;italic&gt;ℓ&lt;/italic&gt;,&lt;italic&gt;b&lt;/italic&gt;) = (264.°5, − 45.°5) to (295.°5, − 19.°5), covering +150 ≤&lt;italic&gt;v&lt;/italic&gt;&lt;sub&gt;LSR&lt;/sub&gt;≤ + 390 km s&lt;sup&gt;−1&lt;/sup&gt;. We find that ionized hydrogen exists throughout the galaxy and extends several degrees beyond detected neutral hydrogen emission&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mi&gt;log&lt;/mi&gt;&lt;mfenced close=')' open='('&gt;&lt;mrow&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;N&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;H&lt;/mi&gt;&lt;mspace width='0.25em'/&gt;&lt;mi mathsize='small' mathvariant='normal'&gt;I&lt;/mi&gt;&lt;mrow&gt;&lt;mo stretchy='true'&gt;/&lt;/mo&gt;&lt;/mrow&gt;&lt;msup&gt;&lt;mrow&gt;&lt;mi&gt;cm&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;/mrow&gt;&lt;/msup&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/mfenced&gt;&lt;mo&gt;≈&lt;/mo&gt;&lt;mn&gt;18.3&lt;/mn&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;/math&gt;&lt;inline-graphic href='apjacc06eieqn1.gif' type='simple'/&gt;&lt;/inline-formula&gt;as traced by 21 cm in current surveys. Using the column density structure of the neutral gas and stellar line-of-sight depths as a guide, we estimate the upper limit mass of the ionized component of the LMC to be roughly&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;ionized&lt;/sub&gt;≈ (0.6–1.8) × 10&lt;sup&gt;9&lt;/sup&gt;&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;☉&lt;/sub&gt;, which is comparable to the total neutral atomic gas mass in the same region (&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;neutral&lt;/sub&gt;≈ 0.76–0.85 × 10&lt;sup&gt;9&lt;/sup&gt;&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;☉&lt;/sub&gt;). Considering only the atomic phases, we find&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;ionized&lt;/sub&gt;/&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;ionized+neutral&lt;/sub&gt;, to be 46%–68% throughout the LMC and its extended halo. Additionally, we find an ionized gas cloud that extends off of the LMC at (&lt;italic&gt;ℓ&lt;/italic&gt;,&lt;italic&gt;b&lt;/italic&gt;) ≈ (285°, − 28°) into a region previously identified as the Leading Arm complex. This gas is moving at a similar line-of-sight velocity as the LMC and has&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;ionized&lt;/sub&gt;/&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;ionized+neutral&lt;/sub&gt;= 13%–51%. This study, combined with previous studies of the SMC and extended structures of the Magellanic Clouds, continues to suggest that warm, ionized gas is as massive and dynamically important as the neutral gas in the Magellanic System.&lt;/p&gt;</t>
+    <t>2021-10-18T04:00:00Z</t>
+  </si>
+  <si>
+    <t>2021 Resilience Week (RWS)</t>
+  </si>
+  <si>
+    <t>Real-Time Executive for Multiprocessor Systems (RTEMS) is a real-time operating system used by the Experimental Physics and Industrial Control System (EPICS) open-source software for high-precision scientific instruments such as particle accelerators and telescopes. EPICS relies on the networking capabilities of RTEMS for microcontrollers that need to meet real-time constraints. However, the networking available in RTEMS either lacks the necessary drivers to be fully operational or lacks security features required in modern networks. In this paper, we introduce a modular networking architecture for RTEMS by separating the network software implementation and device drivers from the RTEMS kernel to provide them as a static library for applications to use. This networking-as-a-library concept provides application developers with better capabilities to select the network features needed for their target application and to keep their networking software undated and secure.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2009276; 2009287</t>
-[...11 lines deleted...]
-    <t>DOI PREFIX: 10.3847</t>
+    <t>2001789</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -300,85 +284,77 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
       <c r="K2" s="0"/>
-      <c r="L2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="P2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="O2" t="s" s="0">
-[...10 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>