--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10413762</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s10705-023-10263-3</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Using spatially variable nitrogen application and crop responses to evaluate crop nitrogen use efficiency</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hegedus, Paul B.; Ewing, Stephanie A.; Jones, Clain; Maxwell, Bruce D.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nutrient Cycling in Agroecosystems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>126</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 20</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1385-1314</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            Low nitrogen use efficiency (NUE) is ubiquitous in agricultural systems, with mounting global scale consequences for both atmospheric aspects of climate and downstream ecosystems. Since NUE-related soil characteristics such as water holding capacity and organic matter are likely to vary at small scales (&lt; 1 ha), understanding the influence of soil characteristics on NUE at the subfield scale (&lt; 32 ha) could increase fertilizer NUE. Here, we quantify NUE in four conventionally managed dryland winter-wheat fields in Montana following multiple years of sub-field scale variation in experimental N fertilizer applications. To inform farmer decisions that incorporates NUE, we developed a generalizable model to predict subfield scale NUE by comparing six candidate models, using ecological and biogeochemical data gathered from open-source data repositories and from normal farm operations, including yield and protein monitoring data. While NUE varied across fields and years, efficiency was highest in areas of fields with low N availability from both fertilizer and estimated mineralization of soil organic N (SON). At low levels of applied N, distinct responses among fields suggest distinct capacities to supply non-fertilizer plant-available N, suggesting that mineralization supplies more available N in locations with higher total N, reducing efficiency for any applied rate. Comparing modelling approaches, a random forest regression model of NUE provided predictions with the least error relative to observed NUE. Subfield scale predictive models of NUE can help to optimize efficiency in agronomic systems, maximizing both economic net return and NUE, which provides a valuable approach for optimization of nitrogen fertilizer use.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1757351</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>