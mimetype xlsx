--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10414632</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/IPDPS53621.2022.00043</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>DFMan: A Graph-based Optimization of Dataflow Scheduling on High-Performance Computing Systems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chowdhury, Fahim; Di Natale, Francesco; Moody, Adam; Mohror, Kathryn; Yu, Weikuan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2022 IEEE International Parallel and Distributed Processing Symposium (IPDPS)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>368 to 378</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Scientific research and development campaigns are materialized by workflows of applications executing on high-performance computing (HPC) systems. These applications con-sist of tasks that can have inter- or intra-application flows of data to achieve the research goals successfully. These dataflows create dependencies among the tasks and cause resource con-tention on shared storage systems, thus limiting the aggregated I/O bandwidth achieved by the workflow. However, these I/O performance issues are often solved by tedious and manual efforts that demand holistic knowledge about the data dependencies in the workflow and the information about the infrastructure being utilized. Taking this into consideration, we design DFMan, a graph-based dataflow management and optimization framework for maximizing I/O bandwidth by leveraging the powerful storage stack on HPC systems to manage data sharing optimally among the tasks in the workflows. In particular, we devise a graph-based optimization algorithm that can leverage an intuitive graph representation of dataflow- and system-related information, and automatically carry out co-scheduling of task and data placement. According to our experiments, DFMan optimizes a wide variety of scientific workflows such as Hurricane 3D on Cloud Model 1 (CM1), Montage Carina Nebula (NGC3372), and an emulated dataflow kernel of the Multiscale Machine-learned Modeling Infrastructure (MuMMI I/O) on the Lassen supercomputer, and improves their aggregated I/O bandwidth by up to 5.42 x, 2.12 x and 1.29 x, respectively, compared to the baseline bandwidth.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1763547; 1822737</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>