--- v0 (2026-01-20)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10414769</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s43630-023-00370-z</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The response of aquatic ecosystems to the interactive effects of stratospheric ozone depletion, UV radiation, and climate change</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Neale, P. J.; Williamson, C. E.; Banaszak, A. T.; Häder, D.-P.; Hylander, S.; Ossola, R.; Rose, K. C.; Wängberg, S.-Å.; Zepp, R.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-13T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Photochemical &amp; Photobiological Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1474-9092</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            Variations in stratospheric ozone and changes in the aquatic environment by climate change and human activity are modifying the exposure of aquatic ecosystems to UV radiation. These shifts in exposure have consequences for the distributions of species, biogeochemical cycles, and services provided by aquatic ecosystems. This Quadrennial Assessment presents the latest knowledge on the multi-faceted interactions between the effects of UV irradiation and climate change, and other anthropogenic activities, and how these conditions are changing aquatic ecosystems. Climate change results in variations in the depth of mixing, the thickness of ice cover, the duration of ice-free conditions and inputs of dissolved organic matter, all of which can either increase or decrease exposure to UV radiation. Anthropogenic activities release oil, UV filters in sunscreens, and microplastics into the aquatic environment that are then modified by UV radiation, frequently amplifying adverse effects on aquatic organisms and their environments. The impacts of these changes in combination with factors such as warming and ocean acidification are considered for aquatic micro-organisms, macroalgae, plants, and animals (floating, swimming, and attached). Minimising the disruptive consequences of these effects on critical services provided by the world’s rivers, lakes and oceans (freshwater supply, recreation, transport, and food security) will not only require continued adherence to the Montreal Protocol but also a wider inclusion of solar UV radiation and its effects in studies and/or models of aquatic ecosystems under conditions of the future global climate.                          Graphical abstract</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2048031; 1754265</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>