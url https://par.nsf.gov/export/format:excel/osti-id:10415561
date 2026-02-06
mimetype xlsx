--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10415561</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Software Supply Chain Vulnerabilities Detection in Source Code: Performance Comparison between Traditional and Quantum Machine Learning Algorithms</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Akter, M.; Faruk, M.; Anjum, N.; Masum, M.; Shahriar, H.; Sakib, N.; Rahman, A.; Wu, F.; Cuzzocrea, A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE International Conference on Big Data</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>5639-5645</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The software supply chain (SSC) attack has become one of the crucial issues that are being increased rapidly with the advancement of the software development domain. In general, SSC attacks execute during the software development processes lead to vulnerabilities in software products targeting downstream customers and even involved stakeholders. Machine Learning approaches are proven in detecting and preventing software security vulnerabilities. Besides, emerging quantum machine learning can be promising in addressing SSC attacks. Considering the distinction between traditional and quantum machine learning, performance could be varies based on the proportions of the experimenting dataset. In this paper, we conduct a comparative analysis between quantum neural networks (QNN) and conventional neural networks (NN) with a software supply chain attack dataset known as ClaMP. Our goal is to distinguish the performance between QNN and NN and to conduct the experiment, we develop two different models for QNN and NN by utilizing Pennylane for quantum and TensorFlow and Keras for traditional respectively. We evaluated the performance of both models with different proportions of the ClaMP dataset to identify the f1 score, recall, precision, and accuracy. We also measure the execution time to check the efficiency of both models. The demonstration result indicates that execution time for QNN is slower than NN with a higher percentage of datasets. Due to recent advancements in QNN, a large level of experiments shall be carried out to understand both models accurately in our future research.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2209638</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>