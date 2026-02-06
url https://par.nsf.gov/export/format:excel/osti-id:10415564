--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,311 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10415564</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Feature Engineering-Based Detection of Buffer Overflow Vulnerability in Source Code Using Neural Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Akter, M.; Shahriar. H.; Cardenas, J.; Ahamed, S.; Cuzzocrea, A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proc. of IEEE Computers, Software and Applications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>12pp</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>One of the most significant challenges in the field of software code auditing is the presence of vulnerabilities in software source code. Every year, more and more software flaws are discovered, either internally in proprietary code or publicly disclosed. These flaws are highly likely to be exploited and can lead to system compromise, data leakage, or denial of service. To create a large-scale machine learning system for function-level
+vulnerability identification, we utilized a sizable dataset of C and C++ open-source code containing millions of functions with potential buffer overflow exploits. We have developed an efficient and scalable vulnerability detection method based on neural network models that learn features extracted from the source codes. The source code is first converted into an intermediate representation to remove unnecessary components and shorten dependencies. We maintain the semantic and syntactic information using state-ofthe-
+art word embedding algorithms such as GloVe and fastText. The embedded vectors are subsequently fed into neural networks such as LSTM, BiLSTM, LSTM-Autoencoder, word2vec, BERT, and GPT-2 to classify the possible vulnerabilities. Furthermore,
+we have proposed a neural network model that can overcome issues associated with traditional neural networks. We have used evaluation metrics such as F1 score, precision, recall, accuracy, and total execution time to measure the performance. We have
+conducted a comparative analysis between results derived from features containing a minimal text representation and semantic and syntactic information. We have found that all neural network models provide higher accuracy when we use semantic and syntactic
+information as features. However, this approach requires more execution time due to the added complexity of the word embedding algorithm. Moreover, our proposed model provides higher accuracy than LSTM, BiLSTM, LSTM-Autoencoder, word2vec
+and BERT models, and the same accuracy as the GPT-2 model with greater efficiency.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2209638; 2100115</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>