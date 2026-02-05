--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10416773</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Using public records to support the productive use of student mathematical thinking</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Freeburn, B.; Leatham, K. R.; Graff, S.; Kamlue, N.; Stockero, S. L.; Peterson, B. E.; Van Zoest, L. R.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Lischka, A. E.; Dyer, E. B.; Jones, R. S.; Lovett, J. N.; Strayer, J.; Drown, S.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 44th annual meeting of the North American Chapter of the International Group for the Psychology of Mathematics Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1756-1764</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The more researchers understand the subtleties of teaching practices that productively use student thinking, the better we can support teachers to develop these teaching practices. In this paper, we report the results of an exploration into how secondary mathematics teachers' use of public records appeared to support or inhibit their efforts to conduct a sense-making discussion around a particular student contribution. We use cognitive load theory to frame two broadways teachers used public records—manipulating and referencing—to support establishing and maintaining students' thinking as objects in sense-making discussions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1720613</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>