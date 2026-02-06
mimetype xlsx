--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10416809</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/frym.2022.771696</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>“Mind-Reading” Machines</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lu, Hung-Yun; Jeanpierre, Grace M.; Mitchell, Jaz; Santacruz, Samantha R.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-12-05T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers for Young Minds</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2296-6846</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>How do we know how the brain works? Doctors cannot open the skull like a jar of candy and close the lid afterward… or can they? In fact, putting electrical wires into human brains has been safely performed for many years. These devices, termed brain-machine interfaces, can help doctors and scientists record electrical signals from the brain, to tell them how the brain interacts with the world. Researchers are using this technique to improve the quality of paralyzed patients’ lives and to build brain-controlled game prototypes. Though powerful, brain-machine interfaces still face many challenges. Does this sound like a field that you might want to pursue? Keep reading to find out more!</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2145412</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>