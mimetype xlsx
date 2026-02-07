--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10417481</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Pruning Parameterization with Bi-level Optimization for Efficient Semantic Segmentation on the Edge</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yang, Changdi; Zhao, Pu; Li, Yanyu; Niu, Wei; Guan, Jiexiong; Tang, Hao; Qin, Minghai; Ren, Bin; Lin, Xue; Wang, Yanzhi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The IEEE / CVF Computer Vision and Pattern Recognition Conference (CVPR)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>With the ever-increasing popularity of edge devices, it is necessary to implement real-time segmentation on the edge for autonomous driving and many other applications. Vision Transformers (ViTs) have shown considerably stronger results for many vision tasks. However, ViTs with the fullattention mechanism usually consume a large number of computational resources, leading to difficulties for realtime inference on edge devices. In this paper, we aim to derive ViTs with fewer computations and fast inference speed to facilitate the dense prediction of semantic segmentation on edge devices. To achieve this, we propose a pruning parameterization method to formulate the pruning problem of semantic segmentation. Then we adopt a bi-level optimization method to solve this problem with the help of implicit gradients. Our experimental results demonstrate that we can achieve 38.9 mIoU on ADE20K val with a speed of 56.5 FPS on Samsung S21, which is the highest mIoU under the same computation constraint with real-time inference.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2146873; 2047516</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>