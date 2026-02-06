--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10417491</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>SparCL: Sparse Continual Learning on the Edge</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Zifeng; Zhan, Zheng; Gong, Yifan; Yuan, Geng; Niu, Wei; Jian, Tong; Ren, Bin; Ioannidis, Stratis; Wang, Yanzhi; Dy, Jennifer</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2022 Conference on Neural Information Processing Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Existing work in continual learning (CL) focuses on mitigating catastrophic forgetting, i.e., model performance deterioration on past tasks when learning a new task. However, the training efficiency of a CL system is under-investigated, which limits the real-world application of CL systems under resource-limited scenarios. In this work, we propose a novel framework called Sparse Continual Learning(SparCL), which is the first study that leverages sparsity to enable cost-effective continual learning on edge devices. SparCL achieves both training acceleration and accuracy preservation through the synergy of three aspects: weight sparsity, data efficiency, and gradient sparsity. Specifically, we propose task-aware dynamic masking (TDM) to learn a sparse network throughout the entire CL process, dynamic data removal (DDR) to remove less informative training data, and dynamic gradient masking (DGM) to sparsify the gradient updates. Each of them not only improves efficiency, but also further mitigates catastrophic forgetting. SparCL consistently improves the training efficiency of existing state-of-the-art (SOTA) CL methods by at most 23X less training FLOPs, and, surprisingly, further improves the SOTA accuracy by at most 1.7%. SparCL also outperforms competitive baselines obtained from adapting SOTA sparse training methods to the CL setting in both efficiency and accuracy. We also evaluate the effectiveness of SparCL on a real mobile phone, further indicating the practical potential of our method.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2146873; 2047516</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>