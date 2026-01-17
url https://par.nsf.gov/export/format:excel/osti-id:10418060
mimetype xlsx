--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -111,69 +111,69 @@
     <t>10418060</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.19133</t>
   </si>
   <si>
     <t>Machine learning‐based accelerated design of fluorphlogopite glass ceramic chemistries with targeted hardness</t>
   </si>
   <si>
     <t>Garg, Prachi [Department of Materials Design and Innovation University at Buffalo  Buffalo New York USA]; Broderick, Scott [Department of Materials Design and Innovation University at Buffalo  Buffalo New York USA] (ORCID:0000000349456212); Mazumder, Baishakhi [Department of Materials Design and Innovation University at Buffalo  Buffalo New York USA] (ORCID:0000000317485297)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-04-10T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>8</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 4654-4663</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;In this work, we develop and employ an accelerated design strategy using a machine learning algorithm to overcome the challenges for designing a new machinable glass ceramic. The trained machine learning model predicts the specific hardness value for numerous possibilities of processing conditions such as growth temperature and time. We report that the optimized growth parameters of 1200°C and 5 h achieve the highest machinability of 0.4 in the glass ceramic. Furthermore, we predicted the eight most promising candidates containing specific ratios of silicon, magnesium, aluminum, lithium, boron, potassium, barium, and oxygen. Combining machine learning with experimental data enables a systemic and rapid design of a ceramic material while capturing the underlying physics represented in the experimental data.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2114595</t>
   </si>
   <si>
     <t>2023</t>
+  </si>
+  <si>
+    <t>p. 4654-4663</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>