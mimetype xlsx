--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10418064</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.19112</t>
   </si>
   <si>
     <t>Mechanisms of microstructural deformation governing Vickers hardness in phase‐separated calcium aluminosilicate glasses</t>
   </si>
   <si>
-    <t>Clark, Nicholas L. [Department of Materials Science and Engineering The Pennsylvania State University  University Park Pennsylvania USA]; Chuang, Shih‐Yi [Department of Materials Science and Engineering The Pennsylvania State University  University Park Pennsylvania USA]; Mauro, John C. [Department of Materials Science and Engineering The Pennsylvania State University  University Park Pennsylvania USA] (ORCID:0000000243193530)</t>
+    <t>Clark, Nicholas_L [Department of Materials Science and Engineering The Pennsylvania State University  University Park Pennsylvania USA]; Chuang, Shih‐Yi [Department of Materials Science and Engineering The Pennsylvania State University  University Park Pennsylvania USA]; Mauro, John_C [Department of Materials Science and Engineering The Pennsylvania State University  University Park Pennsylvania USA] (ORCID:0000000243193530)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-04-12T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>8</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 4605-4616</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The impact of microstructure on hardness in phase‐separated calcium aluminosilicate glasses is investigated. Changes in hardness are governed by microstructure deformations that occur during indentation. Phase separation leads to decreased hardness due to the incongruent yielding of the droplet and matrix phases. Moreover, the deformation of microstructures possessing dilute, spherical droplets did not have a significant impact on hardness. Microstructures characterized by concentrated, acicular droplets were found to deform through a process of droplet coalescence. This process absorbs additional energy during yielding and results in glasses that deform through droplet coalescence possessing improved hardness.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1762275</t>
   </si>
   <si>
     <t>2023</t>
+  </si>
+  <si>
+    <t>p. 4605-4616</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>