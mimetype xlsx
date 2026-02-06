--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10418173</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Examining the effect of automated assessments and feedback on students’ written science explanations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Puntambekar, Sadhana; Dey, Indrani; Gnesdilow, Dana; Passonneau, Rebecca J; Kim, ChanMin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Computer Supported Collaborative Learning Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Writing scientific explanations is a core practice in science. However, students find it difficult to write coherent scientific explanations. Additionally, teachers find it challenging to provide real-time feedback on students’ essays. In this study, we discuss how PyrEval, an NLP technology, was used to automatically assess students’ essays and provide feedback. We found that students explained more key ideas in their essays after the automated assessment and feedback. However, there were issues with the automated assessments as well as students’ understanding of the feedback and revising their essays.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2010483</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Society for the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>