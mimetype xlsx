--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10420140</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1039/D3NA00105A</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Dual imaging agent for magnetic particle imaging and computed tomography</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Sitong; Heshmat, Anahita; Andrew, Jennifer; Barreto, Izabella; Rinaldi-Ramos, Carlos M.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-05-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nanoscale Advances</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3018 to 3032</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2516-0230</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Magnetic particle imaging (MPI) is a novel biomedical imaging modality that allows non-invasive, tomographic, and quantitative tracking of the distribution of superparamagnetic iron oxide nanoparticle (SPION) tracers. While MPI possesses high sensitivity, detecting nanograms of iron, it does not provide anatomical information. Computed tomography (CT) is a widely used biomedical imaging modality that yields anatomical information at high resolution. A multimodal imaging agent combining the benefits of MPI and CT imaging would be of interest. Here we combine MPI-tailored SPIONs with CT-contrast hafnium oxide (hafnia) nanoparticles using flash nanoprecipitation to obtain dual-imaging MPI/CT agents. Co-encapsulation of iron oxide and hafnia in the composite nanoparticles was confirmed              via              transmission electron microscopy and elemental mapping. Equilibrium and dynamic magnetic characterization show a reduction in effective magnetic diameter and changes in dynamic magnetic susceptibility spectra at high oscillating field frequencies, suggesting magnetic interactions within the composite dual imaging tracers. The MPI performance of the dual imaging agent was evaluated and compared to the commercial tracer ferucarbotran. The dual-imaging agent has MPI sensitivity that is ∼3× better than this commercial tracer. However, worsening of MPI resolution was observed in the composite tracer when compared to individually coated SPIONs. This worsening resolution could result from magnetic dipolar interactions within the composite dual imaging tracer. The CT performance of the dual imaging agent was evaluated in a pre-clinical animal scanner and a clinical scanner, revealing better contrast compared to a commercial iodine-based contrast agent. We demonstrate that the dual imaging agent can be differentiated from the commercial iodine contrast agent using dual energy CT (DECT) imaging. Furthermore, the dual imaging agent displayed energy-dependent CT contrast arising from the combination of SPION and hafnia, making it potentially suitable for virtual monochromatic imaging of the contrast agent distribution using DECT.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1832733</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>