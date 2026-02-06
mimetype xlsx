--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10420446</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/aaai.v37i7.26006</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Influence of Dimensions on the Complexity of Computing Decision Trees</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kobourov, S.; Loffler, M.; Montecchiani, F.; Pilipczuk, M; Rutter, I.; Seidel, R.; Sorge, M.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>37th AAAI Conference on Artificial Intelligence (AAAI)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A decision tree recursively splits a feature space Rd and then assigns class labels based on the resulting partition. Decision trees have been part of the basic machine- learning toolkit for decades. A large body of work treats heuristic algorithms to compute a decision tree from training data, usually aiming to minimize in particular the size of the resulting tree. In contrast, little is known about the complexity of the underlying computational problem of computing a minimum-size tree for the given training data. We study this problem with respect to the number d of dimensions of the feature space. We show that it can be solved in O(n2d+1d) time, but under reasonable complexity-theoretic assumptions it is not possible to achieve f (d) · no(d/ log d) running time, where n is the number of training examples. The problem is solvable in (dR)O(dR) · n1+o(1) time, if there are exactly two classes and R is an upper bound on the number of tree leaves labeled with the first class.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2212130</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>