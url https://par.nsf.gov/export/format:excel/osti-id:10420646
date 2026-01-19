--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10420646</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/syen.12588</t>
   </si>
   <si>
     <t>Phylogenomic inference of the higher classification of velvet ants (Hymenoptera: Mutillidae)</t>
   </si>
   <si>
-    <t>Waldren, George C. [Department of Biology Utah State University  Logan Utah USA] (ORCID:0000000200071090); Sadler, Emily A. [Department of Biology Utah State University  Logan Utah USA]; Murray, Elizabeth A. [Department of Entomology Washington State University  Pullman Washington USA]; Bossert, Silas [Department of Entomology Washington State University  Pullman Washington USA, Department of Entomology National Museum of Natural History, Smithsonian Institution  Washington District of Columbia USA] (ORCID:0000000236205468); Danforth, Bryan N. [Department of Entomology Cornell University  Ithaca New York USA]; Pitts, James P. [Department of Biology Utah State University  Logan Utah USA]</t>
+    <t>Waldren, George_C [Department of Biology Utah State University  Logan Utah USA] (ORCID:0000000200071090); Sadler, Emily_A [Department of Biology Utah State University  Logan Utah USA]; Murray, Elizabeth_A [Department of Entomology Washington State University  Pullman Washington USA]; Bossert, Silas [Department of Entomology Washington State University  Pullman Washington USA, Department of Entomology National Museum of Natural History, Smithsonian Institution  Washington District of Columbia USA] (ORCID:0000000236205468); Danforth, Bryan_N [Department of Entomology Cornell University  Ithaca New York USA]; Pitts, James_P [Department of Biology Utah State University  Logan Utah USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-03-21T04:00:00Z</t>
   </si>
   <si>
     <t>Systematic Entomology</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>3</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 463-487</t>
   </si>
   <si>
     <t>0307-6970</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The family Mutillidae (Hymenoptera) is a species‐rich group of aculeate wasps that occur worldwide. The higher‐level classification of the family has historically been controversial due, in part, to the extreme sexual dimorphism exhibited by these insects and their morphological similarity to other wasp taxa that also have apterous females. Modern hypotheses on the internal higher classification of Mutillidae have been exclusively based on morphology and, further, they include Myrmosinae as a mutillid subfamily. In contrast, several molecular‐based family‐level studies of Aculeata recovered Myrmosinae as a nonmutillid taxon. To test the validity of these morphology‐based classifications and the phylogenetic placement of the controversial taxon Myrmosinae, a phylogenomic study of Mutillidae was conducted using ultraconserved elements (UCEs). All currently recognized subfamilies and tribes of Mutillidae were represented in this study using 140 ingroup taxa. The maximum likelihood criterion (ML) and the maximum parsimony criterion (MP) were used to infer the phylogenetic relationships within the family and related taxa using an aligned data set of 238,764 characters; the topologies of these respective analyses were largely congruent. The modern higher classification of Mutillidae, based on morphology, is largely congruent with the phylogenomic results of this study at the subfamily level, whereas the tribal classification is poorly supported. The subfamily Myrmosinae was recovered as sister to Sapygidae in the ML analysis and sister to Sapygidae + Pompilidae in the MP analysis; it is consequently raised to the family level, Myrmosidae,&lt;bold&gt;stat.nov.&lt;/bold&gt;The two constituent tribes of Myrmosidae are raised to the subfamily level, Kudakrumiinae,&lt;bold&gt;stat.nov.&lt;/bold&gt;, and Myrmosinae,&lt;bold&gt;stat.nov.&lt;/bold&gt;All four recognized tribes of Mutillinae were found to be non‐monophyletic; three additional mutilline clades were recovered in addition to Ctenotillini, Mutillini, Smicromyrmini, and Trogaspidiini sensu stricto. Three new tribes are erected for members of these clades: Pristomutillini Waldren,&lt;bold&gt;trib.nov.&lt;/bold&gt;, Psammothermini Waldren,&lt;bold&gt;trib.nov.&lt;/bold&gt;, and Zeugomutillini Waldren,&lt;bold&gt;trib.nov.&lt;/bold&gt;All three recognized tribes of Sphaeropthalminae were found to be non‐monophyletic; six additional sphaeropthalmine clades were recovered in addition to Dasymutillini, Pseudomethocini, and Sphaeropthalmini sensu stricto. The subtribe Ephutina of Mutillinae: Mutillini was found to be polyphyletic, with the&lt;italic&gt;Ephuta&lt;/italic&gt;genus‐group recovered within Sphaeropthalminae and the&lt;italic&gt;Odontomutilla&lt;/italic&gt;genus‐group recovered as sister to Myrmillinae + Mutillinae. Consequently, the subtribe Ephutina is transferred from Mutillinae: Mutillini and is raised to a tribe within Sphaeropthalminae, Ephutini,&lt;bold&gt;stat.nov.&lt;/bold&gt;Further, the taxon Odontomutillinae,&lt;bold&gt;stat.nov.&lt;/bold&gt;, is raised from a synonym of Ephutina to the subfamily level. The sphaeropthalmine tribe Pseudomethocini was found to be polyphyletic, with the subtribe Euspinoliina recovered as a separate clade in Sphaeropthalminae; consequently, Euspinoliina is raised to a tribe, Euspinoliini,&lt;bold&gt;stat.nov.&lt;/bold&gt;, in Sphaeropthalminae. The dasylabrine tribe Apteromutillini was recovered within Dasylabrini and is proposed as a new synonym of Dasylabrinae. Finally, dating analyses were conducted to infer the ages of the Pompiloidea families (Mutillidae, Myrmosidae, Pompilidae, and Sapygidae) and the ages of the Mutillidae subfamilies and tribes.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2127744; 2127745</t>
   </si>
   <si>
     <t>2023</t>
+  </si>
+  <si>
+    <t>p. 463-487</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>