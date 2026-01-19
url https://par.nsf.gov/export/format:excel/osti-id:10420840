--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -126,51 +126,51 @@
     <t>2023-06-08T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of Physics: Condensed Matter</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Article No. 365401</t>
   </si>
   <si>
     <t>0953-8984</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Using optical characterization, it is evident that the spin state of the spin crossover molecular complex [Fe{H&lt;sub&gt;2&lt;/sub&gt;B(pz)&lt;sub&gt;2&lt;/sub&gt;}&lt;sub&gt;2&lt;/sub&gt;(bipy)] (pz = tris(pyrazol-1-1y)-borohydride, bipy = 2,2ʹ-bipyridine) depends on the electric polarization of the adjacent polymer ferroelectric polyvinylidene fluoride-hexafluoropropylene (PVDF-HFP) thin film. The role of the PVDF-HFP thin film is significant but complex. The UV–Vis spectroscopy measurements reveals that room temperature switching of the electronic structure of [Fe{H&lt;sub&gt;2&lt;/sub&gt;B(pz)&lt;sub&gt;2&lt;/sub&gt;}&lt;sub&gt;2&lt;/sub&gt;(bipy)] molecules in bilayers of PVDF-HFP/[Fe{H&lt;sub&gt;2&lt;/sub&gt;B(pz)&lt;sub&gt;2&lt;/sub&gt;}&lt;sub&gt;2&lt;/sub&gt;(bipy)] occurs as a function of ferroelectric polarization. The retention of voltage-controlled nonvolatile changes to the electronic structure in bilayers of PVDF-HFP/[Fe{H&lt;sub&gt;2&lt;/sub&gt;B(pz)&lt;sub&gt;2&lt;/sub&gt;}&lt;sub&gt;2&lt;/sub&gt;(bipy)] strongly depends on the thickness of the PVDF-HFP layer. The PVDF-HFP/[Fe{H&lt;sub&gt;2&lt;/sub&gt;B(pz)&lt;sub&gt;2&lt;/sub&gt;}&lt;sub&gt;2&lt;/sub&gt;(bipy)] interface may affect PVDF-HFP ferroelectric polarization retention in the thin film limit.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2003057</t>
+    <t>2003057; 1950672</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>IOP Publishing</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>