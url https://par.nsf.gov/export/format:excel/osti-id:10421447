--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10421447</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3604433</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>VERB: Visualizing and Interpreting Bias Mitigation Techniques Geometrically for Word Representations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rathore, Archit; Dev, Sunipa; Phillips, Jeff M.; Srikumar, Vivek; Zheng, Yan; Yeh, Chin-Chia Michael; Wang, Junpeng; Zhang, Wei; Wang, Bei</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Interactive Intelligent Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2160-6455</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Word vector embeddings have been shown to contain and amplify biases in the data they are extracted from. Consequently, many techniques have been proposed to identify, mitigate, and attenuate these biases in word representations. In this paper, we utilize interactive visualization to increase the interpretability and accessibility of a collection of state-of-the-art debiasing techniques. To aid this, we present the Visualization of Embedding Representations for deBiasing (“VERB”) system, an open-source web-based visualization tool that helps users gain a technical understanding and visual intuition of the inner workings of debiasing techniques, with a focus on their geometric properties. In particular, VERB offers easy-to-follow examples that explore the effects of these debiasing techniques on the geometry of high-dimensional word vectors. To help understand how various debiasing techniques change the underlying geometry, VERB decomposes each technique into interpretable sequences of primitive transformations and highlights their effect on the word vectors using dimensionality reduction and interactive visual exploration. VERB is designed to target natural language processing (NLP) practitioners who are designing decision-making systems on top of word embeddings, and also researchers working with the fairness and ethics of machine learning systems in NLP. It can also serve as a visual medium for education, which helps an NLP novice understand and mitigate biases in word embeddings.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2134223; 1661375; 2205418</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>