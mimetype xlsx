--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10421533</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1117/12.2634283</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Lasing with multimode guided waves with exceptional degeneracy</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mealy, Tarek; Herrero Parareda, Albert; Furman, Nathaniel; Nikzamir, Alireza; Capolino, Filippo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Subramania, Ganapathi S.; Foteinopoulou, Stavroula</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-10-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings Volume PC12196, Active Photonic Platforms 2022; PC121961M (2022)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>SPIE Nanoscience + Engineering, 2022, San Diego</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We will discuss two kinds of exceptional points of degeneracy in waveguides and their respective application in lasers. Such exceptional points occur in waveguides with balanced loss and gain (e.g., PT symmetry), and in waveguides without loss and gain (e.g., periodic Si waveguides). Waveguides with such exceptional points have a strong degeneracy of their wavenumbers and polarization states that enables specific wave physics, only found in these degenerate systems. We will discuss advantages and disadvantages of both concepts to conceive laser regimes, related to high power, high spectral purity, high efficiency, etc, and show some realistic designs involving Si ridge waveguides.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1711975</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>