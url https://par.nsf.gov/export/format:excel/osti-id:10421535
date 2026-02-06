--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10421535</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.23919/EuCAP53622.2022.9769037</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Exceptional Points of Degeneracy in Electromagnetic Periodic Waveguides and the Role of Symmetries</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mealy, Tarek; Nada, Mohamed Y.; Abdelshafy, Ahmed F.; Hafezi, Ehsan; Capolino, Filippo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-03-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Published in: 2022 16th European Conference on Antennas and Propagation (EuCAP)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Madrid, Spain, 2022</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We investigate the role of reflection and glide symmetry in periodic lossless waveguides on the dispersion diagram and on the existence of various orders of exceptional points of degeneracy (EPDs). We use an equivalent circuit network to model each unit-cell of the guiding structure. Assuming that a coupled-mode waveguide supports N modes in each direction, we derive the following conclusions. When N is even, we show that a periodic guiding structure with reflection symmetry may exhibit EPDs of maximum order N . To obtain a degenerate band edge (DBE) with only two coupled guiding structures, reflection symmetry must be broken. For odd N,N+1 is the maximum EPD order that may be obtained, and an EPD of order N is not allowed. We present an example of three coupled microstrip transmission lines and show that breaking the reflection symmetry by introducing glide symmetry enables the occurrence of a stationary inflection point (SIP), also called frozen mode, which is an EPD of order three.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1711975</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>