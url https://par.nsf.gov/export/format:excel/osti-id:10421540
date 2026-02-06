--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10421540</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/Metamaterials49557.2020.9285058</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Sensing Via Exceptional Points in Space and Time Periodic Systems and in PT-Symmetric Systems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nada, M. Y.; Mealy, T.; Hafezi, E.; Nikzamir, A.; Capolino, F.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-09-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Published in: 2020 Fourteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>New York, NY, Sept. 2021</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We review and explore sensor applications based on electromagnetic systems operating near an exceptional point of degeneracy (EPD). The EPD is defined as the point at which the system eigenmodes coalesce in both their eigenvalues and eigenvectors varying a system parameter. Sensors based on EPDs show sensitivity proportional to δ 1/m , where δ is a perturbation of a system parameter and m is the order of the EPD. EPDs manifest in PT-symmetric systems or periodic systems that can be periodic in either time or space. We review all the methods to obtain EPD based sensors, and we focus on two classes of ultra-sensitive EPD systems: i) periodic linear time-varying single oscillators, and ii) optical gyroscopes based on a modified coupled resonators optical waveguide (CROW) exhibiting 4th order EPD.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1711975</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>