--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10421751</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/mnras/stac2829</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Searching for young runaways across the sky</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kounkel, Marina; Mcbride, Aidan; Stassun, Keivan G; Leigh, Nathan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-10-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>517</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1946 to 1957</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0035-8711</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>ABSTRACT            We present a catalogue of 3354 candidate young stars within 500 pc that appear to have been ejected from their parent associations with relative speeds of &amp;gt;5 km s−1. These candidates have been homogeneously selected through performing a 2D spherical traceback of previously identified pre-main-sequence candidates to various star-forming regions, ensuring that the traceback age as well as the estimated age of a star is consistent with the age of the population, and excluding contaminants from the nearby moving groups that follow the dominant velocity currents in the field. Among the identified candidates we identify a number of pairs that appear to have interacted in the process of the ejection; these pairs have similar traceback time, and their trajectory appears to be diametrically opposite from each other, or they have formed a wide binary in the process. As the selection of these candidates is performed solely in 2D, spectral follow-up is necessary for their eventual confirmation. Unfortunately, recently released Gaia DR3 radial velocities appear to be unsuitable for characterizing the kinematics of low-mass stars with ages &amp;lt;100 Myr, as the accretion, activity, and a variety of other spectral features that make them distinct from the more evolved stars do not appear to have been accurately accounted for in the data, resulting in significant artificially inflated scatter in their RV distribution.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1852158</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>