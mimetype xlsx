--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10422555</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1080/1046560X.2023.2204591</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Remote View into the Classroom: Analyzing Teacher Use of Digitally Enhanced Educative Curriculum Materials in Support of Student Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lord, Trudi; Lee, Hee-Sun; Horwitz, Paul; Pryputniewicz, Sarah; Pallant, Amy</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-05-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Science Teacher Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 26</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1046-560X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>When integrated into online curriculum modules for students, educative curriculum materials (ECMs) can enhance teachers’ enactment of these modules. This study investigated (1) the use of digitally enhanced ECMs built into an online plate tectonics curriculum module by teachers with different backgrounds and teaching experience, (2) the relationship between teachers’ use of ECMs and student learning gains, and (3) teacher reflections on the value of the ECMs they used. We studied 26 teachers who taught middle and high school students (n = 1,098) by analyzing teacher log files automatically generated by the ECMs, teacher reflections collected with post-implementation surveys and interviews, student log files, and student learning gains from pretest to posttest. Results indicate that (1) there were large variations in the amounts and types of ECM features teachers accessed, (2) middle school teachers accessed significantly more ECM features than high school teachers p &lt; .01, (3) students of teachers who used ECMs during class time made significantly higher learning gains than students of teachers who used them only before and/or between class time, p &lt; .05, and (4) teachers most valued ECM features on student assessment. An overall non-significant, but positive, correlation between the total teacher interactions with ECMs and student learning gains was observed, r = 0.20, p = .32.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2006144</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>