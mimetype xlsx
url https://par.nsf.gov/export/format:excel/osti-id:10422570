--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10422570</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1080/1046560X.2022.2136052</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Science Teachers’ Negotiation of Professional Vision around Dilemmas of Science Teaching in a Professional Development Context</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>McCausland, Jonathan; Jackson, Jennifer; McDonald, Scott; Bateman, Kathryn; Pallant, Amy; Lee, Hee-Sun</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-11-18T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Science Teacher Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 18</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1046-560X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Learning to teach is a culturally situated activity. As teachers learn, it is important to understand not only what teachers learn, but how they learn. This article describes a qualitative case study of a subset of four teachers’ learning during a professional development surrounding a plate tectonics curriculum. Using qualitative methods, this study tells the story of how the four teachers negotiated professional vision for science teaching around dilemmas that emerged throughout the professional development. By taking a sociocultural perspective on professional vision, researchers can gain insight into how and what teachers learn in professional develop- ment settings because it renders teacher learning complex and nuanced. Additionally, we argue negotiating professional vision parallels sensemak- ing. Sensemaking around science teaching includes grappling with epis- temic issues of science in addition to pedagogy and curriculum. Implications for science teacher education are discussed. Specifically, we argue learning to teach requires teachers to engage in conversations that create opportunities to “get somewhere” in relation to dilemmas they have about teaching. In this way, professional vision is an ongoing process of learning that has no endpoint or ideal articulation of teaching or science. Therefore, by framing professional vision as a process of learning we are able to push back on simplistic descriptions of teaching and science.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2006144</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>