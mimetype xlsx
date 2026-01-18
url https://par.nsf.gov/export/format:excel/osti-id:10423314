--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,84 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10423314</t>
-[...8 lines deleted...]
-    <t>Yeung, P. K.; P., Matthew Clay; Hamilton, Stephen; Ravoori, Rohit; Lemson, Gerard; Burns, Randal; Meneveau, Charles</t>
+    <t>10408580</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1257/aeri.20210268</t>
+  </si>
+  <si>
+    <t>The Rise of Pass-Throughs and the Decline of the Labor Share</t>
+  </si>
+  <si>
+    <t>Smith, Matthew; Yagan, Danny; Zidar, Owen; Zwick, Eric</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2017-01-01T05:00:00Z</t>
-[...2 lines deleted...]
-    <t>{"Abstract":["The data is from a direct numerical simulation of forced isotropic turbulence on a 4096-cubed periodic grid, using a pseudo-spectral parallel code. The simulations are documented in Ref. 1. Time integration uses second-order Runge-Kutta. The simulation is de-aliased using phase-shifting and truncation. Energy is injected by keeping the energy density in the lowest wavenumber modes prescribed following the approach of Donzis &amp;amp; Yeung. After the simulation has reached a statistical stationary state, a frame of data, which includes the 3 components of the velocity vector and the pressure, are generated and written in files that can be accessed directly by the database (FileDB system)."]}</t>
+    <t>2022-09-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>American Economic Review: Insights</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>323 to 340</t>
+  </si>
+  <si>
+    <t>2640-205X</t>
+  </si>
+  <si>
+    <t>We study the coevolution of the fall in the US corporate-sector labor share and the rise of business activity in tax-preferred pass-throughs. We find that reallocating activity to the form it would have taken prior to the Tax Reform Act of 1986 accounts for one-third of the decline in the corporate-sector labor share between 1978 and 2017. Our adjustments are concentrated among mid-market firms in services, magnifying the role of the manufacturing sector and superstar firms in driving the remaining decline in the labor share. Our findings highlight the importance of tax policy when measuring factor shares. (JEL D22, E25, H25, K34, L60, L80)</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2103874</t>
-[...8 lines deleted...]
-    <t>Johns Hopkins Turbulence Databases</t>
+    <t>1752431</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -281,80 +293,88 @@
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" s="0"/>
-[...3 lines deleted...]
-      <c r="L2" s="0"/>
+      <c r="H2" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>