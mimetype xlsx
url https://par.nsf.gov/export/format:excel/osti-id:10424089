--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10424089</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.6073/pasta/2d233f4ba9af3a13b564a1c6364704c7</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Belowground responses to altered precipitation regimes in two semi-arid grasslands</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Holguin, Jennifer; Collins, Scott L; McLaren, Jennie R</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>{"Abstract":["Predicted climate change extremes, such as severe and prolonged\n    drought, may profoundly impact biogeochemical processes like carbon\n    and nitrogen cycling in water-limited ecosystems. To increase our\n    understanding of how extreme climate events impact belowground\n    ecosystem processes, we investigated the effects of five years of\n    severe growing season drought and two-month delay in monsoon\n    precipitation on belowground productivity and biogeochemical\n    processes in two semi-arid grasslands. This experiment takes place\n    during the fifth year of the Extreme Drought in Grassland Experiment\n    (EDGE) at the Sevilleta National Wildlife Refuge (SNWR), a Long-Term\n    Ecological Research in central New Mexico, USA. The two grassland\n    sites a Chihuahuan Desert grassland dominated by Bouteloua eriopoda\n    and Great Plains grassland dominated by B. gracilis are ~5km apart\n    in the SWNR. The EDGE platform was established in the spring of 2012\n    (pre-treatment). Each site contains three treatments (ten\n    replicates): ambient rainfall, extreme growing season drought, and\n    delayed monsoon. The extreme drought treatment reduces growing\n    season rainfall (April through September) each year by 66%, which\n    equates to a 50% reduction of annual precipitation while maintaining\n    natural precipitation patterns. There are 10 replicates per\n    treatment within each site. All plots are 3 x 4 m in size and are\n    paired spatially into blocks with treatments assigned randomly\n    within a block. We measured an array of belowground and\n    biogeochemical variables. Each variable was measured either once,\n    twice, or three times (specific information on sampling scheme for\n    each measured variable in methods section). Belowground net primary\n    productivity, standing crop root biomass, total organic carbon, and\n    total nitrogen were measured once. Extractable organic carbon,\n    extractable total nitrogen, microbial biomass carbon, microbial\n    biomass nitrogen and extracellular enzymes were measured twice.\n    Available soil nitrate, available soil ammonium, and available soil\n    phosphate were measured three times."]}</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1655499; 1856383</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Dataset</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Environmental Data Initiative</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>