--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10424102</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.6073/pasta/9e9f235128c82a46bb073589d91c6989</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Warming-El Nino-Nitrogen Deposition Experiment (WENNDEx): Soil Temperature, Moisture, and Carbon Dioxide Data from the Sevilleta National Wildlife Refuge, New Mexico</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Collins, Scott</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>{"Abstract":["Humans are creating significant global environmental change,\n    including shifts in climate, increased nitrogen (N) deposition, and\n    the facilitation of species invasions. A multi-factorial field\n    experiment is being performed in an arid grassland within the\n    Sevilleta National Wildlife Refuge (NWR) to simulate increased\n    nighttime temperature, higher N deposition, and heightened El Nino\n    frequency (which increases winter precipitation by an average of\n    50%). The purpose of the experiment is to better understand the\n    potential effects of environmental drivers on grassland community\n    composition, aboveground net primary production and soil\n    respiration. The focus is on the response of two dominant grasses\n    (Bouteloua gracilis and B eriopoda), in an ecotone near their range\n    margins and thus these species may be particularly susceptible to\n    global environmental change. It is hypothesized that warmer summer\n    temperatures and increased evaporation will favor growth of black\n    grama (Bouteloua eriopoda), a desert grass, but that increased\n    winter precipitation and/or available nitrogen will favor the growth\n    of blue grama (Bouteloua gracilis), a shortgrass prairie species.\n    Treatment effects on limiting resources (soil moisture, nitrogen\n    availability, species abundance, and net primary production (NPP)\n    are all being measured to determine the interactive effects of key\n    global change drivers on arid grassland plant community dynamics and\n    ecosystem processes. This dataset shows values of soil moisture,\n    soil temperature, and the CO2 flux of the amount of CO2 that has\n    moved from soil to air. On 4 August 2009 lightning ignited a ~3300\n    ha wildfire that burned through the experiment and its surroundings.\n    Because desert grassland fires are patchy, not all of the replicate\n    plots burned in the wildfire. Therefore, seven days after the\n    wildfire was extinguished, the Sevilleta NWR Fire Crew thoroughly\n    burned the remaining plots allowing us to assess experimentally the\n    effects of interactions among multiple global change presses and a\n    pulse disturbance on post-fire grassland dynamics."]}</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1655499; 1856383</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Dataset</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Environmental Data Initiative</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>